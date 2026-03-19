--- v0 (2025-11-17)
+++ v1 (2026-03-19)
@@ -2005,85 +2005,86 @@
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Year xmlns="7e934b93-dec2-4098-b98a-64a34769f154">2018</Year>
     <FullName xmlns="7e934b93-dec2-4098-b98a-64a34769f154">Отчет о рассмотрении обращений граждан в Волгоградскую городскую Думу за период с 01.01.2018 по 31.12.2018</FullName>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Документ" ma:contentTypeID="0x01010034D661EC2FF88745956951531450092F" ma:contentTypeVersion="2" ma:contentTypeDescription="Создание документа." ma:contentTypeScope="" ma:versionID="a43696cc9d978f9b5be391451d6ab5ee">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7e934b93-dec2-4098-b98a-64a34769f154" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1adb505e7e9b9cfb7263efd2e28e15d" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Документ" ma:contentTypeID="0x01010034D661EC2FF88745956951531450092F" ma:contentTypeVersion="2" ma:contentTypeDescription="Создание документа." ma:contentTypeScope="" ma:versionID="3a076dc421738909c6fcf15f685bede5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7e934b93-dec2-4098-b98a-64a34769f154" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d6f1809722633b068e52366e1d8cad2" ns2:_="">
     <xsd:import namespace="7e934b93-dec2-4098-b98a-64a34769f154"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Year" minOccurs="0"/>
                 <xsd:element ref="ns2:FullName"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7e934b93-dec2-4098-b98a-64a34769f154" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Year" ma:index="8" nillable="true" ma:displayName="Год" ma:default="2024" ma:format="Dropdown" ma:internalName="Year">
+    <xsd:element name="Year" ma:index="8" nillable="true" ma:displayName="Год" ma:default="2025" ma:format="Dropdown" ma:internalName="Year">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="2014"/>
           <xsd:enumeration value="2015"/>
           <xsd:enumeration value="2016"/>
           <xsd:enumeration value="2017"/>
           <xsd:enumeration value="2018"/>
           <xsd:enumeration value="2019"/>
           <xsd:enumeration value="2020"/>
           <xsd:enumeration value="2021"/>
           <xsd:enumeration value="2022"/>
           <xsd:enumeration value="2023"/>
           <xsd:enumeration value="2024"/>
+          <xsd:enumeration value="2025"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="FullName" ma:index="9" ma:displayName="Полное наименование" ma:internalName="FullName">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Тип контента"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Название"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -2157,51 +2158,51 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A794FEEC-4A4E-4E15-BA26-2AC70170CA0F}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC794F10-FE66-49FC-87E7-5BC8EDB5FCCC}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5550F009-4A08-4927-A725-D077489BEAFF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CD39EE2-6AD6-4C26-BB47-9534F4AA2113}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>132</Words>
   <Characters>753</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>