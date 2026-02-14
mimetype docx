--- v0 (2026-01-25)
+++ v1 (2026-02-14)
@@ -3260,85 +3260,85 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <FullName xmlns="2ddf7b78-07cd-476e-95f3-e086c1cab124">Решение Волгоградской городской Думы от 31.10.2012 N 68/2046 (ред. от 17.12.2025) "Об утверждении Положения об именных стипендиях Волгоградской городской Думы"</FullName>
+    <FullName xmlns="2ddf7b78-07cd-476e-95f3-e086c1cab124">Решение Волгоградской городской Думы от 31.10.2012 № 68/2046 «Об утверждении Положения об именных стипендиях Волгоградской городской Думы» (в ред. на 17.12.2025)</FullName>
     <OrderBy xmlns="2ddf7b78-07cd-476e-95f3-e086c1cab124">1</OrderBy>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60267C26-C515-44C8-ACEA-CECB3ED93BBC}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{660D2267-CACC-413F-8ECC-F3419B8035C8}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5677C88-CE93-476E-8E4D-5CEEF8C62013}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>1062</Words>
   <Characters>6060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>7108</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Решение Волгоградской городской Думы от 31.10.2012 N 68/2046 (ред. от 17.12.2025) "Об утверждении Положения об именных  стипендиях Волгоградской городской Думы"</dc:title>
+  <dc:title>Решение Волгоградской городской Думы от 31.10.2012 № 68/2046 «Об утверждении Положения об именных стипендиях Волгоградской городской Думы» (в ред. на 17.12.2025)</dc:title>
   <dc:subject/>
   <dc:creator>Погасий Валерия Николаевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010013ADC1C97716144AA59D7BCA311A2881</vt:lpwstr>
   </property>
 </Properties>
 </file>